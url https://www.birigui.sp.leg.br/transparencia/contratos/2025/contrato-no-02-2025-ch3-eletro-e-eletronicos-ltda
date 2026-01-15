--- v0 (2025-10-16)
+++ v1 (2026-01-15)
@@ -187,77 +187,121 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>CIDADE :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Birigüi - SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168F20FA" w14:textId="77777777" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00087F02">
+    <w:p w14:paraId="168F20FA" w14:textId="77C83BAC" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00087F02">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>C.N.P.J. :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 49.577.760/0001-55</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>577.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>/0001-55</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF0CEB8" w14:textId="77777777" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00087F02">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>REPRESENTANTE: Reginaldo Fernando Pereira</w:t>
       </w:r>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
@@ -394,167 +438,288 @@
       </w:r>
       <w:r w:rsidR="00725AF3" w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00CA2396" w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">       CEP </w:t>
       </w:r>
       <w:r w:rsidR="00CA2396" w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>70.381-525</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DFAD84" w14:textId="1061C7E1" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00725AF3">
+    <w:p w14:paraId="57DFAD84" w14:textId="79EBEA7A" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00725AF3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>C.N.P.J.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>. :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="00CA2396" w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>39.581.101/0001-39</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3B1078D8" w14:textId="746E03E2" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00725AF3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CA2396" w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>581.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2396" w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>/0001-39</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1078D8" w14:textId="3EDA6AC2" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00725AF3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">INSC. ESTADUAL: </w:t>
       </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
       <w:r w:rsidR="00CA2396" w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>08.012.258/001-86</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38050092" w14:textId="1F852C5A" w:rsidR="006A3BBC" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00725AF3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CA2396" w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>012.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2396" w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>/001-86</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38050092" w14:textId="66D8CC6E" w:rsidR="006A3BBC" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00725AF3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">REPRESENTANTE:  </w:t>
       </w:r>
       <w:r w:rsidR="006A3BBC" w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="004D3D34">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>abriel Ruan Ferrão Chaves</w:t>
       </w:r>
       <w:r w:rsidR="006A3BBC" w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>, portador do CPF nº 012.141.751-47</w:t>
+        <w:t xml:space="preserve">, portador do CPF nº </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>***.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006A3BBC" w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>141.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3BBC" w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>-47</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41BB141B" w14:textId="6B15FDF4" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00087F02">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40FF144C" w14:textId="77777777" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00087F02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -1646,66 +1811,94 @@
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BA22C4B" w14:textId="77777777" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00087F02">
       <w:pPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>FERNANDO BAGGIO BARBIERE,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178A2ED0" w14:textId="77777777" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00087F02">
+    <w:p w14:paraId="178A2ED0" w14:textId="27856848" w:rsidR="00087F02" w:rsidRPr="00383ACF" w:rsidRDefault="00087F02" w:rsidP="00087F02">
       <w:pPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383ACF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>OAB/SP 298.588.</w:t>
+        <w:t>OAB/SP 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000E6AA9" w14:textId="77777777" w:rsidR="002D0264" w:rsidRPr="00383ACF" w:rsidRDefault="002D0264" w:rsidP="00087F02">
       <w:pPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E86B1C7" w14:textId="77777777" w:rsidR="002D0264" w:rsidRDefault="002D0264" w:rsidP="002D0264">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="624"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Arial Unicode MS" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
@@ -3272,58 +3465,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DF13224" w14:textId="77777777" w:rsidR="006A50E5" w:rsidRPr="00087F02" w:rsidRDefault="006A50E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006A50E5" w:rsidRPr="00087F02" w:rsidSect="00087F02">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43F21897" w14:textId="77777777" w:rsidR="00B86702" w:rsidRDefault="00B86702">
+    <w:p w14:paraId="751912D0" w14:textId="77777777" w:rsidR="0009185E" w:rsidRDefault="0009185E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="399195B7" w14:textId="77777777" w:rsidR="00B86702" w:rsidRDefault="00B86702">
+    <w:p w14:paraId="691B1753" w14:textId="77777777" w:rsidR="0009185E" w:rsidRDefault="0009185E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -3387,58 +3580,58 @@
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7B3F5463" w14:textId="77777777" w:rsidR="00114B62" w:rsidRDefault="00114B62">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17E666FF" w14:textId="77777777" w:rsidR="00B86702" w:rsidRDefault="00B86702">
+    <w:p w14:paraId="727DB4CE" w14:textId="77777777" w:rsidR="0009185E" w:rsidRDefault="0009185E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05D8DBAC" w14:textId="77777777" w:rsidR="00B86702" w:rsidRDefault="00B86702">
+    <w:p w14:paraId="7A5897B1" w14:textId="77777777" w:rsidR="0009185E" w:rsidRDefault="0009185E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B3294E4" w14:textId="77777777" w:rsidR="00114B62" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46A2C186" wp14:editId="6CE715C8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
@@ -3524,65 +3717,68 @@
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00087F02"/>
     <w:rsid w:val="00076002"/>
     <w:rsid w:val="00087F02"/>
+    <w:rsid w:val="0009185E"/>
     <w:rsid w:val="000C3705"/>
     <w:rsid w:val="00114B62"/>
     <w:rsid w:val="002D0264"/>
     <w:rsid w:val="00383ACF"/>
     <w:rsid w:val="004D3D34"/>
     <w:rsid w:val="006A2708"/>
     <w:rsid w:val="006A3BBC"/>
     <w:rsid w:val="006A50E5"/>
     <w:rsid w:val="00725AF3"/>
     <w:rsid w:val="008B4939"/>
     <w:rsid w:val="00934F8A"/>
     <w:rsid w:val="00B86702"/>
     <w:rsid w:val="00B946DB"/>
+    <w:rsid w:val="00BD2CD2"/>
     <w:rsid w:val="00C10232"/>
     <w:rsid w:val="00CA2396"/>
+    <w:rsid w:val="00E22643"/>
     <w:rsid w:val="00E2287C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>