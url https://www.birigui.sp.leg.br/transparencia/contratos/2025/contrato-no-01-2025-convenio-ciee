--- v0 (2025-10-16)
+++ v1 (2026-01-15)
@@ -139,51 +139,51 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31EE6A50" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="4820"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2271407A" w14:textId="747DA5B3" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
+    <w:p w14:paraId="2271407A" w14:textId="45E4A65B" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4290"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -226,100 +226,222 @@
       </w:r>
       <w:r w:rsidR="00614B62" w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>igui/SP</w:t>
       </w:r>
       <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, inscrita no CNPJ nº. </w:t>
       </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
       <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>49.577.760/0001-55</w:t>
+        <w:t>.577.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/0001-55</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, neste ato representado, pelo </w:t>
       </w:r>
       <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Presidente </w:t>
       </w:r>
       <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>REGINALDO FERNANDO PEREIRA</w:t>
       </w:r>
       <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, brasileiro, casado, portador do RG 10.191.493/SSP-MG </w:t>
+        <w:t xml:space="preserve">, brasileiro, casado, portador do RG </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>.191.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/SSP-MG </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>e CPF 218.342.898-82, residente e domiciliado na Rua Shunji Baba nº 414 -Parque das Árvores, em Birigui/SP – CEP 16.200-000</w:t>
+        <w:t xml:space="preserve">e CPF </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.342.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-82, residente e domiciliado na Rua </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XXX </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41D2E" w:rsidRPr="003F1F43">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nº 414 -Parque das Árvores, em Birigui/SP – CEP 16.200-000</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1F43">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">doravante denominada </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONTRATANTE</w:t>
@@ -364,137 +486,399 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>, sediada na </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidRPr="00AB390E">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:highlight w:val="white"/>
           </w:rPr>
           <w:t xml:space="preserve">Rua Tabapuã, </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>445, Bairro: Itaim Bibi, CEP: 04533-001 São Paulo – SP, com inscrições no CNPJ/ME: 61.600.839/0001-55, Estadual (SP) nº. 111.</w:t>
+        <w:t>445, Bairro: Itaim Bibi, CEP: 04533-001 São Paulo – SP, com inscrições no CNPJ/ME:</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>.600.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/0001-55, Estadual (SP) nº. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
+        <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="00AB390E">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:highlight w:val="white"/>
           </w:rPr>
-          <w:t>554.262</w:t>
+          <w:t>554.</w:t>
+        </w:r>
+        <w:r w:rsidR="002B7F07">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:highlight w:val="white"/>
+          </w:rPr>
+          <w:t>*</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidR="002B7F07">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:highlight w:val="white"/>
+          </w:rPr>
+          <w:t>**</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.117 e Municipal (SP) nº. 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>***</w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidRPr="00AB390E">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:highlight w:val="white"/>
           </w:rPr>
-          <w:t>121.393</w:t>
+          <w:t>.393</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, e com Unidade de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Operação em Marília, inscrita no CNPJ/ME nº. 61.600.839/0066-09, neste ato representado pelo seu</w:t>
+        <w:t xml:space="preserve">Operação em Marília, inscrita no CNPJ/ME nº. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>600.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>/0066-09, neste ato representado pelo seu</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gerente Regional de Atendimento</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">, Senhor </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB390E">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">, brasileiro, casado, portador do RG nº. 14.934.477 SSP/MT e CPF/ME nº. 728.504.181-53, </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Julio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cesar Da Silva</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, brasileiro, casado, portador do RG nº. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>934.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SSP/MT e CPF/ME nº. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>504.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-53, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">doravante denominado </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONTRATADA</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, tendo em vista o disposto na Lei n.º 11.788, de 25 de setembro de 2008, e no que couber, a Lei 14.133 de 01 de abril de 2021, celebram entre si este Contrato, de acordo com o estabelecido nas cláusulas e condições seguintes:</w:t>
@@ -788,66 +1172,76 @@
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="330" w:hanging="330"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Obter da </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONTRATANTE</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  a identificação e características dos programas e das oportunidades de estágio a serem concedidas constando os critérios objetivos de seleção e escolha de candidatos;</w:t>
+        <w:t xml:space="preserve">  a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> identificação e características dos programas e das oportunidades de estágio a serem concedidas constando os critérios objetivos de seleção e escolha de candidatos;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21D35E91" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="330" w:hanging="330"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
@@ -1539,66 +1933,76 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="796365E1" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a.1) Se o processo de seleção envolver critérios objetivos mais completos que não dependam exclusivamente do banco de dados da </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONTRATADA</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">,  será apresentada à </w:t>
+        <w:t>,  será</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apresentada à </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">CONTRATANTE </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">uma proposta do Termo Aditivo para definição dos termos do processo seletivo e valor da contribuição institucional devida à </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1925,76 +2329,78 @@
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a rescisão antecipada de qualquer Termo de Compromisso de Estágio - TCE, para as necessárias providências de interrupção dos procedimentos </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>administrativos a cargo d</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONTRATADA</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7B286A46" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
@@ -2520,51 +2926,69 @@
         <w:t xml:space="preserve">CONTRATANTE </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">será considerada devedora da contribuição mensal relativa a cada rescisão de TCE não informada, até o mês da comunicação formal à </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONTRATADA</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, nos termos da alínea “ j ” da cláusula 3ª. </w:t>
+        <w:t xml:space="preserve">, nos termos da alínea </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>“ j</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ” da cláusula 3ª. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="359429E9" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
@@ -2732,294 +3156,292 @@
     <w:p w14:paraId="591BB9CF" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> As Partes pactuam que  o recebimento com atraso, por parte da </w:t>
+        <w:t xml:space="preserve"> As Partes pactuam </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>que  o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recebimento com atraso, por parte da </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONTRATADA</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, não constituirá novação ou renúncia às estipulações deste Contrato. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B42101" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7462DEEE" w14:textId="179D44FD" w:rsidR="00034C65" w:rsidRPr="00C219B0" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
+    <w:p w14:paraId="7462DEEE" w14:textId="179D44FD" w:rsidR="00034C65" w:rsidRPr="002B7F07" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
-          <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CLÁUSULA 6ª</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB390E">
+      <w:r w:rsidRPr="002B7F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O valor total estimado do Contrato é de R$</w:t>
       </w:r>
-      <w:r w:rsidR="00614B62" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00614B62" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00885B7D" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00885B7D" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">9.600,00 (Nove mil e seiscentos reais), sendo </w:t>
       </w:r>
-      <w:r w:rsidR="00C219B0" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00C219B0" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">R$ </w:t>
       </w:r>
-      <w:r w:rsidR="00614B62" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00614B62" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>800,00 (oitocentos reais)</w:t>
       </w:r>
-      <w:r w:rsidR="00885B7D" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00885B7D" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, por mês</w:t>
       </w:r>
-      <w:r w:rsidR="00E41D2E" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00E41D2E" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> correspondente aos serviços prestados pela </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C219B0">
-[...3 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONTRATADA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, para uma estimativa de </w:t>
       </w:r>
-      <w:r w:rsidR="00614B62" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00614B62" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10 (dez)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> estagiários.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAD9839" w14:textId="77777777" w:rsidR="00885B7D" w:rsidRPr="00C219B0" w:rsidRDefault="00885B7D" w:rsidP="00AB390E">
+    <w:p w14:paraId="7EAD9839" w14:textId="77777777" w:rsidR="00885B7D" w:rsidRPr="002B7F07" w:rsidRDefault="00885B7D" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
-          <w:color w:val="C00000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5F5FFB70" w14:textId="00D70AA4" w:rsidR="00034C65" w:rsidRPr="00C219B0" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F5FFB70" w14:textId="00D70AA4" w:rsidR="00034C65" w:rsidRPr="002B7F07" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
-          <w:color w:val="C00000"/>
-[...8 lines deleted...]
-          <w:color w:val="C00000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6.1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Todas as despesas decorrentes deste contrato correrão à conta dos recursos consignados no </w:t>
       </w:r>
-      <w:r w:rsidR="00885B7D" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00885B7D" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>discriminada a seguir:</w:t>
       </w:r>
-      <w:r w:rsidR="00885B7D" w:rsidRPr="00C219B0">
-[...3 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00885B7D" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00885B7D" w:rsidRPr="00C219B0">
-[...2 lines deleted...]
-          <w:color w:val="C00000"/>
+      <w:r w:rsidR="00885B7D" w:rsidRPr="002B7F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">01.01.00 - CÂMARA MUNICIPAL – 01.031.0002.2.002.0000 – MANUTENÇÃO DA SECRETARIA ADMINISTRATIVA – 3.3.90.39.00 – OUTROS SERVIÇOS GERAIS - PJ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003DE4DD" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61819859" w14:textId="05DDE164" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3035,51 +3457,97 @@
         <w:t>CLÁUSULA 7ª</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>O presente Contrato terá vigência de 12 (doze) meses, contados a partir da data de sua assinatura, podendo ser prorrogado por iguais e sucessivos períodos, até o limite de 10 (dez) anos , mediante formalização de Termo Aditivo, após assentimento prévio das partes, com antecedência mínima de 30 (trinta) dias do término da vigência, conforme  Art, 106 e 107 da Lei 14.133/21.</w:t>
+        <w:t xml:space="preserve">O presente Contrato terá vigência de 12 (doze) meses, contados a partir da data de sua assinatura, podendo ser prorrogado por iguais e sucessivos períodos, até o limite de 10 (dez) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>anos ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mediante formalização de Termo Aditivo, após assentimento prévio das partes, com antecedência mínima de 30 (trinta) dias do término da vigência, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conforme  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Art</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 106 e 107 da Lei 14.133/21.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BE72AA" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C41ADEF" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
@@ -3670,51 +4138,71 @@
         <w:ind w:right="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CLÁUSULA 12ª -</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> As Partes declaram que o presente Contrato constitui-se na totalidade dos entendimentos entre elas havido no que toca ao objeto do presente, incorporando todas as comunicações anteriores e contemporâneas entre as mesmas. Caso ocorra qualquer conflito entre este Contrato e qualquer outro documento que possa ser a ele anexado, os termos deste Contrato prevalecerão.</w:t>
+        <w:t xml:space="preserve"> As Partes declaram que o presente Contrato </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>constitui-se</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na totalidade dos entendimentos entre elas havido no que toca ao objeto do presente, incorporando todas as comunicações anteriores e contemporâneas entre as mesmas. Caso ocorra qualquer conflito entre este Contrato e qualquer outro documento que possa ser a ele anexado, os termos deste Contrato prevalecerão.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA98B57" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="20" w:right="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CLÁUSULA 13ª</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
@@ -3731,51 +4219,71 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">Na hipótese de que qualquer termo ou disposição do presente Contrato venha a ser declarado nulo ou não aplicável, tal nulidade, ou inexequibilidade, não afetará o restante do Contrato </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>que permanecerá em pleno vigor e eficácia, como se tais disposições jamais Ihe houvessem sido incorporadas.</w:t>
+        <w:t xml:space="preserve">que permanecerá em pleno vigor e eficácia, como se tais disposições jamais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Ihe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> houvessem sido incorporadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C537D91" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="20" w:right="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CLÁUSULA 14ª</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
@@ -3857,88 +4365,126 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CLÁUSULA 16ª</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>As Partes declaram e garantem que estão livres e desimpedidas e que os termos e condições aqui acordados não infringe direta ou indiretamente qualquer obrigação assumida previamente, seja entre elas ou com terceiros. As Partes declaram e garantem, ainda, que têm poderes para celebrar e cumprir plenamente com todas  obrigações previstas neste instrumento.</w:t>
+        <w:t xml:space="preserve">As Partes declaram e garantem que estão livres e desimpedidas e que os termos e condições aqui acordados não infringe direta ou indiretamente qualquer obrigação assumida previamente, seja entre elas ou com terceiros. As Partes declaram e garantem, ainda, que têm poderes para celebrar e cumprir plenamente com </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>todas  obrigações</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> previstas neste instrumento.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E96A13B" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">CLÁUSULA 17ª – </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>O presente Contrato poderá ser alterado nos casos previstos no  Art. 124 da Lei 14.133/21, por acordo entre as partes, desde que não implique na mudança do seu objeto.</w:t>
+        <w:t xml:space="preserve">O presente Contrato poderá ser alterado nos casos previstos </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>no  Art.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB390E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 124 da Lei 14.133/21, por acordo entre as partes, desde que não implique na mudança do seu objeto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF62C6A" w14:textId="77777777" w:rsidR="00034C65" w:rsidRPr="00AB390E" w:rsidRDefault="00034C65" w:rsidP="00AB390E">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB390E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CLÁUSULA 18ª – Regras aplicáveis à Proteção de Dados</w:t>
       </w:r>
     </w:p>
@@ -5514,133 +6060,160 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial Narrow" w:hAnsiTheme="majorHAnsi" w:cs="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="741AF4FA" w14:textId="35D6B85D" w:rsidR="00181498" w:rsidRPr="00AB390E" w:rsidRDefault="003F1F43" w:rsidP="003F1F43">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>C.P.F</w:t>
-      </w:r>
+        <w:t>C.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>P.F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>C.P.F</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C.P</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.F</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00181498" w:rsidRPr="00AB390E" w:rsidSect="002D3874">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="567" w:left="2268" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2511855A" w14:textId="77777777" w:rsidR="001449DA" w:rsidRDefault="001449DA" w:rsidP="00E14C52">
+    <w:p w14:paraId="07C64A71" w14:textId="77777777" w:rsidR="00356332" w:rsidRDefault="00356332" w:rsidP="00E14C52">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="202712EE" w14:textId="77777777" w:rsidR="001449DA" w:rsidRDefault="001449DA" w:rsidP="00E14C52">
+    <w:p w14:paraId="12AA250B" w14:textId="77777777" w:rsidR="00356332" w:rsidRDefault="00356332" w:rsidP="00E14C52">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -5723,58 +6296,58 @@
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="626939E0" w14:textId="77777777" w:rsidR="00E14C52" w:rsidRDefault="00E14C52">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69B8B893" w14:textId="77777777" w:rsidR="001449DA" w:rsidRDefault="001449DA" w:rsidP="00E14C52">
+    <w:p w14:paraId="3D78904A" w14:textId="77777777" w:rsidR="00356332" w:rsidRDefault="00356332" w:rsidP="00E14C52">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53FEAC86" w14:textId="77777777" w:rsidR="001449DA" w:rsidRDefault="001449DA" w:rsidP="00E14C52">
+    <w:p w14:paraId="35BEB307" w14:textId="77777777" w:rsidR="00356332" w:rsidRDefault="00356332" w:rsidP="00E14C52">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DBCBDE3" w14:textId="72EED7FC" w:rsidR="00E14C52" w:rsidRDefault="00E14C52">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="091D6FBE" wp14:editId="0D8E989C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
@@ -6420,97 +6993,100 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1693720354">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2027242172">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1119570801">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="99642983">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="476457382">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E41FD7"/>
     <w:rsid w:val="00025353"/>
     <w:rsid w:val="00034C65"/>
     <w:rsid w:val="00037BFA"/>
     <w:rsid w:val="0006483C"/>
     <w:rsid w:val="00066C6D"/>
     <w:rsid w:val="0009628A"/>
     <w:rsid w:val="000A3C64"/>
     <w:rsid w:val="000D43A9"/>
     <w:rsid w:val="000E016F"/>
     <w:rsid w:val="00122669"/>
     <w:rsid w:val="001449DA"/>
     <w:rsid w:val="00144B91"/>
     <w:rsid w:val="00153FBC"/>
     <w:rsid w:val="00174AE0"/>
     <w:rsid w:val="00181498"/>
     <w:rsid w:val="001A4108"/>
     <w:rsid w:val="001B00D0"/>
     <w:rsid w:val="00215F05"/>
     <w:rsid w:val="00273E90"/>
+    <w:rsid w:val="002B7F07"/>
     <w:rsid w:val="002D3874"/>
     <w:rsid w:val="003164B8"/>
     <w:rsid w:val="003256EE"/>
     <w:rsid w:val="00336755"/>
+    <w:rsid w:val="00356332"/>
     <w:rsid w:val="00367767"/>
     <w:rsid w:val="003E7C69"/>
     <w:rsid w:val="003F1F43"/>
     <w:rsid w:val="004110CC"/>
     <w:rsid w:val="0041256B"/>
     <w:rsid w:val="0046467A"/>
     <w:rsid w:val="004A318B"/>
     <w:rsid w:val="004A4A4A"/>
     <w:rsid w:val="004E2F31"/>
     <w:rsid w:val="004F39F1"/>
     <w:rsid w:val="005115F0"/>
     <w:rsid w:val="00513E25"/>
     <w:rsid w:val="00523A00"/>
     <w:rsid w:val="00532593"/>
     <w:rsid w:val="00543F6D"/>
     <w:rsid w:val="00605893"/>
     <w:rsid w:val="00614B62"/>
     <w:rsid w:val="00623911"/>
     <w:rsid w:val="006354CD"/>
     <w:rsid w:val="006372FB"/>
     <w:rsid w:val="00672C8D"/>
     <w:rsid w:val="006753D4"/>
     <w:rsid w:val="006765C0"/>
     <w:rsid w:val="00681146"/>
     <w:rsid w:val="006A758B"/>
@@ -6541,50 +7117,51 @@
     <w:rsid w:val="00A14125"/>
     <w:rsid w:val="00A529A7"/>
     <w:rsid w:val="00A535DD"/>
     <w:rsid w:val="00A66D1D"/>
     <w:rsid w:val="00AA7E73"/>
     <w:rsid w:val="00AB390E"/>
     <w:rsid w:val="00AE272C"/>
     <w:rsid w:val="00B50363"/>
     <w:rsid w:val="00B64C45"/>
     <w:rsid w:val="00B97C89"/>
     <w:rsid w:val="00BA1153"/>
     <w:rsid w:val="00BB0589"/>
     <w:rsid w:val="00BB419C"/>
     <w:rsid w:val="00C042EA"/>
     <w:rsid w:val="00C219B0"/>
     <w:rsid w:val="00C85ECB"/>
     <w:rsid w:val="00CE5F68"/>
     <w:rsid w:val="00D51645"/>
     <w:rsid w:val="00D663CF"/>
     <w:rsid w:val="00D70EBD"/>
     <w:rsid w:val="00DB49C8"/>
     <w:rsid w:val="00DC2DC7"/>
     <w:rsid w:val="00DD51D3"/>
     <w:rsid w:val="00DE49C1"/>
     <w:rsid w:val="00E14C52"/>
+    <w:rsid w:val="00E22643"/>
     <w:rsid w:val="00E304B2"/>
     <w:rsid w:val="00E41D2E"/>
     <w:rsid w:val="00E41FD7"/>
     <w:rsid w:val="00E90907"/>
     <w:rsid w:val="00EB3A04"/>
     <w:rsid w:val="00EB568E"/>
     <w:rsid w:val="00ED56EC"/>
     <w:rsid w:val="00EF11A1"/>
     <w:rsid w:val="00F07B33"/>
     <w:rsid w:val="00F25DFE"/>
     <w:rsid w:val="00F35C45"/>
     <w:rsid w:val="00F45BC9"/>
     <w:rsid w:val="00FA075F"/>
     <w:rsid w:val="00FD1584"/>
     <w:rsid w:val="00FD6B29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -7595,66 +8172,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
   <Words>2989</Words>
-  <Characters>16146</Characters>
+  <Characters>16141</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>134</Lines>
   <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19097</CharactersWithSpaces>
+  <CharactersWithSpaces>19092</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Cassia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>